--- v0 (2026-01-08)
+++ v1 (2026-03-28)
@@ -1116,211 +1116,211 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
-        <v>649</v>
+        <v>656</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
-        <v>528</v>
+        <v>556</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
-        <v>467</v>
+        <v>476</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
-        <v>84</v>
+        <v>97</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
-        <v>685</v>
+        <v>703</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27">
         <v>0</v>
       </c>
@@ -1332,51 +1332,51 @@
       <c r="B28">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>29</v>
       </c>
       <c r="B29">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>31</v>
       </c>
       <c r="B31">
-        <v>2449</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>33</v>
       </c>
       <c r="B33">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>34</v>
       </c>
       <c r="B34">
         <v>41</v>
       </c>
@@ -1388,323 +1388,323 @@
       <c r="B35">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>36</v>
       </c>
       <c r="B36">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>37</v>
       </c>
       <c r="B37">
         <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>38</v>
       </c>
       <c r="B38">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39">
-        <v>567</v>
+        <v>611</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>40</v>
       </c>
       <c r="B40">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>41</v>
       </c>
       <c r="B41">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>42</v>
       </c>
       <c r="B42">
         <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44">
-        <v>784</v>
+        <v>801</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>45</v>
       </c>
       <c r="B45">
-        <v>741</v>
+        <v>745</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>46</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>47</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>48</v>
       </c>
       <c r="B48">
-        <v>2171</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>49</v>
       </c>
       <c r="B49">
         <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>51</v>
       </c>
       <c r="B51">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>52</v>
       </c>
       <c r="B52">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>55</v>
       </c>
       <c r="B55">
         <v>116</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>56</v>
       </c>
       <c r="B56">
-        <v>42</v>
+        <v>48</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>57</v>
       </c>
       <c r="B57">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
         <v>58</v>
       </c>
       <c r="B58">
-        <v>103</v>
+        <v>111</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
         <v>59</v>
       </c>
       <c r="B59">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
         <v>60</v>
       </c>
       <c r="B60">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>61</v>
       </c>
       <c r="B61">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
         <v>62</v>
       </c>
       <c r="B62">
-        <v>610</v>
+        <v>616</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
         <v>63</v>
       </c>
       <c r="B63">
-        <v>322</v>
+        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>64</v>
       </c>
       <c r="B64">
         <v>102</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>65</v>
       </c>
       <c r="B65">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66">
         <v>8</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
         <v>67</v>
       </c>
       <c r="B67">
         <v>38</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>68</v>
       </c>
       <c r="B68">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>69</v>
       </c>
       <c r="B69">
         <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>70</v>
       </c>
       <c r="B70">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>71</v>
       </c>
       <c r="B71">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>72</v>
       </c>
       <c r="B72">
-        <v>1002</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73" t="s">
         <v>73</v>
       </c>
       <c r="B73">
         <v>2</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="A74" t="s">
         <v>74</v>
       </c>
       <c r="B74">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:2">
       <c r="A75" t="s">
         <v>75</v>
       </c>
       <c r="B75">
         <v>0</v>
       </c>
@@ -1716,75 +1716,75 @@
       <c r="B76">
         <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77" t="s">
         <v>77</v>
       </c>
       <c r="B77">
         <v>29</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78" t="s">
         <v>78</v>
       </c>
       <c r="B78">
         <v>21</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79" t="s">
         <v>79</v>
       </c>
       <c r="B79">
-        <v>641</v>
+        <v>668</v>
       </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80" t="s">
         <v>80</v>
       </c>
       <c r="B80">
-        <v>205</v>
+        <v>213</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81" t="s">
         <v>81</v>
       </c>
       <c r="B81">
         <v>7</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82" t="s">
         <v>82</v>
       </c>
       <c r="B82">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="83" spans="1:2">
       <c r="A83" t="s">
         <v>83</v>
       </c>
       <c r="B83">
         <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:2">
       <c r="A84" t="s">
         <v>84</v>
       </c>
       <c r="B84">
         <v>13</v>
       </c>
     </row>
     <row r="85" spans="1:2">
       <c r="A85" t="s">
         <v>85</v>
       </c>
       <c r="B85">
         <v>6</v>
       </c>
@@ -1828,195 +1828,195 @@
       <c r="B90">
         <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91" t="s">
         <v>91</v>
       </c>
       <c r="B91">
         <v>47</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92" t="s">
         <v>92</v>
       </c>
       <c r="B92">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:2">
       <c r="A93" t="s">
         <v>93</v>
       </c>
       <c r="B93">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="94" spans="1:2">
       <c r="A94" t="s">
         <v>94</v>
       </c>
       <c r="B94">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="95" spans="1:2">
       <c r="A95" t="s">
         <v>95</v>
       </c>
       <c r="B95">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:2">
       <c r="A96" t="s">
         <v>96</v>
       </c>
       <c r="B96">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="97" spans="1:2">
       <c r="A97" t="s">
         <v>97</v>
       </c>
       <c r="B97">
-        <v>1794</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="98" spans="1:2">
       <c r="A98" t="s">
         <v>98</v>
       </c>
       <c r="B98">
-        <v>1286</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="99" spans="1:2">
       <c r="A99" t="s">
         <v>99</v>
       </c>
       <c r="B99">
         <v>217</v>
       </c>
     </row>
     <row r="100" spans="1:2">
       <c r="A100" t="s">
         <v>100</v>
       </c>
       <c r="B100">
         <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="A101" t="s">
         <v>101</v>
       </c>
       <c r="B101">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="A102" t="s">
         <v>102</v>
       </c>
       <c r="B102">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103" t="s">
         <v>103</v>
       </c>
       <c r="B103">
-        <v>747</v>
+        <v>787</v>
       </c>
     </row>
     <row r="104" spans="1:2">
       <c r="A104" t="s">
         <v>104</v>
       </c>
       <c r="B104">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="105" spans="1:2">
       <c r="A105" t="s">
         <v>105</v>
       </c>
       <c r="B105">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="106" spans="1:2">
       <c r="A106" t="s">
         <v>106</v>
       </c>
       <c r="B106">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:2">
       <c r="A107" t="s">
         <v>107</v>
       </c>
       <c r="B107">
         <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:2">
       <c r="A108" t="s">
         <v>108</v>
       </c>
       <c r="B108">
-        <v>576</v>
+        <v>587</v>
       </c>
     </row>
     <row r="109" spans="1:2">
       <c r="A109" t="s">
         <v>109</v>
       </c>
       <c r="B109">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="110" spans="1:2">
       <c r="A110" t="s">
         <v>110</v>
       </c>
       <c r="B110">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:2">
       <c r="A111" t="s">
         <v>111</v>
       </c>
       <c r="B111">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="112" spans="1:2">
       <c r="A112" t="s">
         <v>112</v>
       </c>
       <c r="B112">
         <v>41</v>
       </c>
     </row>
     <row r="113" spans="1:2">
       <c r="A113" t="s">
         <v>113</v>
       </c>
       <c r="B113">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:2">
       <c r="A114" t="s">
         <v>114</v>
       </c>
       <c r="B114">
         <v>3</v>
       </c>
@@ -2028,51 +2028,51 @@
       <c r="B115">
         <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:2">
       <c r="A116" t="s">
         <v>116</v>
       </c>
       <c r="B116">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:2">
       <c r="A117" t="s">
         <v>117</v>
       </c>
       <c r="B117">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:2">
       <c r="A118" t="s">
         <v>118</v>
       </c>
       <c r="B118">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="119" spans="1:2">
       <c r="A119" t="s">
         <v>119</v>
       </c>
       <c r="B119">
         <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:2">
       <c r="A120" t="s">
         <v>120</v>
       </c>
       <c r="B120">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:2">
       <c r="A121" t="s">
         <v>121</v>
       </c>
       <c r="B121">
         <v>10</v>
       </c>
@@ -2084,963 +2084,963 @@
       <c r="B122">
         <v>21</v>
       </c>
     </row>
     <row r="123" spans="1:2">
       <c r="A123" t="s">
         <v>123</v>
       </c>
       <c r="B123">
         <v>7</v>
       </c>
     </row>
     <row r="124" spans="1:2">
       <c r="A124" t="s">
         <v>124</v>
       </c>
       <c r="B124">
         <v>2</v>
       </c>
     </row>
     <row r="125" spans="1:2">
       <c r="A125" t="s">
         <v>125</v>
       </c>
       <c r="B125">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="126" spans="1:2">
       <c r="A126" t="s">
         <v>126</v>
       </c>
       <c r="B126">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:2">
       <c r="A127" t="s">
         <v>127</v>
       </c>
       <c r="B127">
-        <v>396</v>
+        <v>403</v>
       </c>
     </row>
     <row r="128" spans="1:2">
       <c r="A128" t="s">
         <v>128</v>
       </c>
       <c r="B128">
         <v>38</v>
       </c>
     </row>
     <row r="129" spans="1:2">
       <c r="A129" t="s">
         <v>129</v>
       </c>
       <c r="B129">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:2">
       <c r="A130" t="s">
         <v>130</v>
       </c>
       <c r="B130">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="131" spans="1:2">
       <c r="A131" t="s">
         <v>131</v>
       </c>
       <c r="B131">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:2">
       <c r="A132" t="s">
         <v>132</v>
       </c>
       <c r="B132">
         <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:2">
       <c r="A133" t="s">
         <v>133</v>
       </c>
       <c r="B133">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="134" spans="1:2">
       <c r="A134" t="s">
         <v>134</v>
       </c>
       <c r="B134">
-        <v>119</v>
+        <v>123</v>
       </c>
     </row>
     <row r="135" spans="1:2">
       <c r="A135" t="s">
         <v>135</v>
       </c>
       <c r="B135">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:2">
       <c r="A136" t="s">
         <v>136</v>
       </c>
       <c r="B136">
-        <v>918</v>
+        <v>925</v>
       </c>
     </row>
     <row r="137" spans="1:2">
       <c r="A137" t="s">
         <v>137</v>
       </c>
       <c r="B137">
         <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:2">
       <c r="A138" t="s">
         <v>138</v>
       </c>
       <c r="B138">
         <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:2">
       <c r="A139" t="s">
         <v>139</v>
       </c>
       <c r="B139">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="140" spans="1:2">
       <c r="A140" t="s">
         <v>140</v>
       </c>
       <c r="B140">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:2">
       <c r="A141" t="s">
         <v>141</v>
       </c>
       <c r="B141">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:2">
       <c r="A142" t="s">
         <v>142</v>
       </c>
       <c r="B142">
-        <v>234</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:2">
       <c r="A143" t="s">
         <v>143</v>
       </c>
       <c r="B143">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="144" spans="1:2">
       <c r="A144" t="s">
         <v>144</v>
       </c>
       <c r="B144">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="145" spans="1:2">
       <c r="A145" t="s">
         <v>145</v>
       </c>
       <c r="B145">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="146" spans="1:2">
       <c r="A146" t="s">
         <v>146</v>
       </c>
       <c r="B146">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="147" spans="1:2">
       <c r="A147" t="s">
         <v>147</v>
       </c>
       <c r="B147">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:2">
       <c r="A148" t="s">
         <v>148</v>
       </c>
       <c r="B148">
-        <v>238</v>
+        <v>251</v>
       </c>
     </row>
     <row r="149" spans="1:2">
       <c r="A149" t="s">
         <v>149</v>
       </c>
       <c r="B149">
         <v>10</v>
       </c>
     </row>
     <row r="150" spans="1:2">
       <c r="A150" t="s">
         <v>150</v>
       </c>
       <c r="B150">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:2">
       <c r="A151" t="s">
         <v>151</v>
       </c>
       <c r="B151">
-        <v>179</v>
+        <v>186</v>
       </c>
     </row>
     <row r="152" spans="1:2">
       <c r="A152" t="s">
         <v>152</v>
       </c>
       <c r="B152">
         <v>68</v>
       </c>
     </row>
     <row r="153" spans="1:2">
       <c r="A153" t="s">
         <v>153</v>
       </c>
       <c r="B153">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:2">
       <c r="A154" t="s">
         <v>154</v>
       </c>
       <c r="B154">
-        <v>422</v>
+        <v>441</v>
       </c>
     </row>
     <row r="155" spans="1:2">
       <c r="A155" t="s">
         <v>155</v>
       </c>
       <c r="B155">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:2">
       <c r="A156" t="s">
         <v>156</v>
       </c>
       <c r="B156">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:2">
       <c r="A157" t="s">
         <v>157</v>
       </c>
       <c r="B157">
         <v>3</v>
       </c>
     </row>
     <row r="158" spans="1:2">
       <c r="A158" t="s">
         <v>158</v>
       </c>
       <c r="B158">
-        <v>249</v>
+        <v>260</v>
       </c>
     </row>
     <row r="159" spans="1:2">
       <c r="A159" t="s">
         <v>159</v>
       </c>
       <c r="B159">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="160" spans="1:2">
       <c r="A160" t="s">
         <v>160</v>
       </c>
       <c r="B160">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="161" spans="1:2">
       <c r="A161" t="s">
         <v>161</v>
       </c>
       <c r="B161">
         <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:2">
       <c r="A162" t="s">
         <v>162</v>
       </c>
       <c r="B162">
         <v>2</v>
       </c>
     </row>
     <row r="163" spans="1:2">
       <c r="A163" t="s">
         <v>163</v>
       </c>
       <c r="B163">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="164" spans="1:2">
       <c r="A164" t="s">
         <v>164</v>
       </c>
       <c r="B164">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="165" spans="1:2">
       <c r="A165" t="s">
         <v>165</v>
       </c>
       <c r="B165">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="166" spans="1:2">
       <c r="A166" t="s">
         <v>166</v>
       </c>
       <c r="B166">
-        <v>539</v>
+        <v>550</v>
       </c>
     </row>
     <row r="167" spans="1:2">
       <c r="A167" t="s">
         <v>167</v>
       </c>
       <c r="B167">
-        <v>582</v>
+        <v>619</v>
       </c>
     </row>
     <row r="168" spans="1:2">
       <c r="A168" t="s">
         <v>168</v>
       </c>
       <c r="B168">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:2">
       <c r="A169" t="s">
         <v>169</v>
       </c>
       <c r="B169">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="170" spans="1:2">
       <c r="A170" t="s">
         <v>170</v>
       </c>
       <c r="B170">
-        <v>828</v>
+        <v>860</v>
       </c>
     </row>
     <row r="171" spans="1:2">
       <c r="A171" t="s">
         <v>171</v>
       </c>
       <c r="B171">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="172" spans="1:2">
       <c r="A172" t="s">
         <v>172</v>
       </c>
       <c r="B172">
         <v>21</v>
       </c>
     </row>
     <row r="173" spans="1:2">
       <c r="A173" t="s">
         <v>173</v>
       </c>
       <c r="B173">
         <v>24</v>
       </c>
     </row>
     <row r="174" spans="1:2">
       <c r="A174" t="s">
         <v>174</v>
       </c>
       <c r="B174">
         <v>77</v>
       </c>
     </row>
     <row r="175" spans="1:2">
       <c r="A175" t="s">
         <v>175</v>
       </c>
       <c r="B175">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="176" spans="1:2">
       <c r="A176" t="s">
         <v>176</v>
       </c>
       <c r="B176">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:2">
       <c r="A177" t="s">
         <v>177</v>
       </c>
       <c r="B177">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:2">
       <c r="A178" t="s">
         <v>178</v>
       </c>
       <c r="B178">
         <v>33</v>
       </c>
     </row>
     <row r="179" spans="1:2">
       <c r="A179" t="s">
         <v>179</v>
       </c>
       <c r="B179">
         <v>25</v>
       </c>
     </row>
     <row r="180" spans="1:2">
       <c r="A180" t="s">
         <v>180</v>
       </c>
       <c r="B180">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="181" spans="1:2">
       <c r="A181" t="s">
         <v>181</v>
       </c>
       <c r="B181">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:2">
       <c r="A182" t="s">
         <v>182</v>
       </c>
       <c r="B182">
         <v>4</v>
       </c>
     </row>
     <row r="183" spans="1:2">
       <c r="A183" t="s">
         <v>183</v>
       </c>
       <c r="B183">
         <v>98</v>
       </c>
     </row>
     <row r="184" spans="1:2">
       <c r="A184" t="s">
         <v>184</v>
       </c>
       <c r="B184">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="185" spans="1:2">
       <c r="A185" t="s">
         <v>185</v>
       </c>
       <c r="B185">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="186" spans="1:2">
       <c r="A186" t="s">
         <v>186</v>
       </c>
       <c r="B186">
         <v>14</v>
       </c>
     </row>
     <row r="187" spans="1:2">
       <c r="A187" t="s">
         <v>187</v>
       </c>
       <c r="B187">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="188" spans="1:2">
       <c r="A188" t="s">
         <v>188</v>
       </c>
       <c r="B188">
         <v>3</v>
       </c>
     </row>
     <row r="189" spans="1:2">
       <c r="A189" t="s">
         <v>189</v>
       </c>
       <c r="B189">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="190" spans="1:2">
       <c r="A190" t="s">
         <v>190</v>
       </c>
       <c r="B190">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="191" spans="1:2">
       <c r="A191" t="s">
         <v>191</v>
       </c>
       <c r="B191">
-        <v>66</v>
+        <v>72</v>
       </c>
     </row>
     <row r="192" spans="1:2">
       <c r="A192" t="s">
         <v>192</v>
       </c>
       <c r="B192">
-        <v>367</v>
+        <v>379</v>
       </c>
     </row>
     <row r="193" spans="1:2">
       <c r="A193" t="s">
         <v>193</v>
       </c>
       <c r="B193">
-        <v>811</v>
+        <v>887</v>
       </c>
     </row>
     <row r="194" spans="1:2">
       <c r="A194" t="s">
         <v>194</v>
       </c>
       <c r="B194">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="195" spans="1:2">
       <c r="A195" t="s">
         <v>195</v>
       </c>
       <c r="B195">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="196" spans="1:2">
       <c r="A196" t="s">
         <v>196</v>
       </c>
       <c r="B196">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:2">
       <c r="A197" t="s">
         <v>197</v>
       </c>
       <c r="B197">
         <v>34</v>
       </c>
     </row>
     <row r="198" spans="1:2">
       <c r="A198" t="s">
         <v>198</v>
       </c>
       <c r="B198">
         <v>7</v>
       </c>
     </row>
     <row r="199" spans="1:2">
       <c r="A199" t="s">
         <v>199</v>
       </c>
       <c r="B199">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:2">
       <c r="A200" t="s">
         <v>200</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:2">
       <c r="A201" t="s">
         <v>201</v>
       </c>
       <c r="B201">
-        <v>158</v>
+        <v>166</v>
       </c>
     </row>
     <row r="202" spans="1:2">
       <c r="A202" t="s">
         <v>202</v>
       </c>
       <c r="B202">
-        <v>128</v>
+        <v>136</v>
       </c>
     </row>
     <row r="203" spans="1:2">
       <c r="A203" t="s">
         <v>203</v>
       </c>
       <c r="B203">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:2">
       <c r="A204" t="s">
         <v>204</v>
       </c>
       <c r="B204">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:2">
       <c r="A205" t="s">
         <v>205</v>
       </c>
       <c r="B205">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="206" spans="1:2">
       <c r="A206" t="s">
         <v>206</v>
       </c>
       <c r="B206">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="207" spans="1:2">
       <c r="A207" t="s">
         <v>207</v>
       </c>
       <c r="B207">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="208" spans="1:2">
       <c r="A208" t="s">
         <v>208</v>
       </c>
       <c r="B208">
         <v>3</v>
       </c>
     </row>
     <row r="209" spans="1:2">
       <c r="A209" t="s">
         <v>209</v>
       </c>
       <c r="B209">
         <v>51</v>
       </c>
     </row>
     <row r="210" spans="1:2">
       <c r="A210" t="s">
         <v>210</v>
       </c>
       <c r="B210">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="211" spans="1:2">
       <c r="A211" t="s">
         <v>211</v>
       </c>
       <c r="B211">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="212" spans="1:2">
       <c r="A212" t="s">
         <v>212</v>
       </c>
       <c r="B212">
-        <v>234</v>
+        <v>244</v>
       </c>
     </row>
     <row r="213" spans="1:2">
       <c r="A213" t="s">
         <v>213</v>
       </c>
       <c r="B213">
         <v>2</v>
       </c>
     </row>
     <row r="214" spans="1:2">
       <c r="A214" t="s">
         <v>214</v>
       </c>
       <c r="B214">
         <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:2">
       <c r="A215" t="s">
         <v>215</v>
       </c>
       <c r="B215">
         <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:2">
       <c r="A216" t="s">
         <v>216</v>
       </c>
       <c r="B216">
         <v>13</v>
       </c>
     </row>
     <row r="217" spans="1:2">
       <c r="A217" t="s">
         <v>217</v>
       </c>
       <c r="B217">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="218" spans="1:2">
       <c r="A218" t="s">
         <v>218</v>
       </c>
       <c r="B218">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="219" spans="1:2">
       <c r="A219" t="s">
         <v>219</v>
       </c>
       <c r="B219">
-        <v>1367</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="220" spans="1:2">
       <c r="A220" t="s">
         <v>220</v>
       </c>
       <c r="B220">
-        <v>2482</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="221" spans="1:2">
       <c r="A221" t="s">
         <v>221</v>
       </c>
       <c r="B221">
         <v>2</v>
       </c>
     </row>
     <row r="222" spans="1:2">
       <c r="A222" t="s">
         <v>222</v>
       </c>
       <c r="B222">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="223" spans="1:2">
       <c r="A223" t="s">
         <v>223</v>
       </c>
       <c r="B223">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:2">
       <c r="A224" t="s">
         <v>224</v>
       </c>
       <c r="B224">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="225" spans="1:2">
       <c r="A225" t="s">
         <v>225</v>
       </c>
       <c r="B225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:2">
       <c r="A226" t="s">
         <v>226</v>
       </c>
       <c r="B226">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="227" spans="1:2">
       <c r="A227" t="s">
         <v>227</v>
       </c>
       <c r="B227">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="228" spans="1:2">
       <c r="A228" t="s">
         <v>228</v>
       </c>
       <c r="B228">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:2">
       <c r="A229" t="s">
         <v>229</v>
       </c>
       <c r="B229">
         <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:2">
       <c r="A230" t="s">
         <v>230</v>
       </c>
       <c r="B230">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:2">
       <c r="A231" t="s">
         <v>231</v>
       </c>
       <c r="B231">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:2">
       <c r="A232" t="s">
         <v>232</v>
       </c>
       <c r="B232">
         <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:2">
       <c r="A233" t="s">
         <v>233</v>
       </c>
       <c r="B233">
         <v>5</v>
       </c>
     </row>
     <row r="234" spans="1:2">
       <c r="A234" t="s">
         <v>234</v>
       </c>
       <c r="B234">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="235" spans="1:2">
       <c r="A235" t="s">
         <v>235</v>
       </c>
       <c r="B235">
         <v>4</v>
       </c>
     </row>
     <row r="236" spans="1:2">
       <c r="A236" t="s">
         <v>236</v>
       </c>
       <c r="B236">
         <v>5</v>
       </c>
     </row>
     <row r="237" spans="1:2">
       <c r="A237" t="s">
         <v>237</v>
       </c>
       <c r="B237">
         <v>5</v>
       </c>
     </row>
     <row r="238" spans="1:2">
       <c r="A238" t="s">
         <v>238</v>
       </c>
       <c r="B238">
         <v>33</v>
       </c>
     </row>
     <row r="239" spans="1:2">
       <c r="A239" t="s">
         <v>239</v>
       </c>
       <c r="B239">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">